--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Informer-AD2\Users\tor.lindstrom\Mina dokument\2016\Support\Blogg\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E4F459C9-EBEC-482D-A9CA-13E05840ADC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7188802A-E36E-449F-A911-860C83B9A5B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dubbla axlar" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -227,51 +227,51 @@
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE"/>
-              <a:t>Utveckling 2022</a:t>
+              <a:t>Utveckling 2024</a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
@@ -864,58 +864,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
@@ -1464,135 +1464,135 @@
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
-      <xdr:colOff>180975</xdr:colOff>
+      <xdr:colOff>179070</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Diagram 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C74A2A51-059B-4EFF-BCD0-0C6EF3F91689}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabell1" displayName="Tabell1" ref="A1:D13" totalsRowShown="0">
   <autoFilter ref="A1:D13" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Månad"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Anders" dataDxfId="2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Karl" dataDxfId="1"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Kurs (%)" dataDxfId="0" dataCellStyle="Procent"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1654,51 +1654,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1796,66 +1796,66 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M16" sqref="M16"/>
+      <selection activeCell="O8" sqref="O8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.44140625" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" customWidth="1"/>
     <col min="6" max="6" width="11" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>15</v>
       </c>
       <c r="B1" t="s">
         <v>12</v>
       </c>
       <c r="C1" t="s">
         <v>13</v>
       </c>
       <c r="D1" t="s">
         <v>14</v>
       </c>
       <c r="F1" s="3"/>
     </row>