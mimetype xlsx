--- v0 (2025-10-30)
+++ v1 (2026-02-22)
@@ -1,110 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20325"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Informer-AD2\Users\tor.lindstrom\Mina dokument\2016\Support\Blogg\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4D9FAF5A-1FAB-4AF9-B00E-B6F542C124BC}" xr6:coauthVersionLast="34" xr6:coauthVersionMax="34" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{01D08074-2E33-4554-A47E-5F1B587975AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9072" xr2:uid="{A1807F9D-1D65-4DDE-9600-064F3C9A8DD8}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{A1807F9D-1D65-4DDE-9600-064F3C9A8DD8}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E3" i="1" l="1"/>
   <c r="E4" i="1"/>
   <c r="E5" i="1"/>
   <c r="E6" i="1"/>
   <c r="E7" i="1"/>
   <c r="E2" i="1"/>
   <c r="D10" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Start</t>
   </si>
   <si>
     <t>Slut</t>
   </si>
   <si>
     <t>Rast</t>
   </si>
   <si>
     <t>Arbetstid</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Total arbetstid</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="171" formatCode="[h]:mm"/>
-    <numFmt numFmtId="172" formatCode="[m]"/>
+    <numFmt numFmtId="164" formatCode="[h]:mm"/>
+    <numFmt numFmtId="165" formatCode="[m]"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -231,139 +242,139 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="20" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="20" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="14" fontId="0" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...5 lines deleted...]
-    </xf>
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="20" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="20" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="171" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="171" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="172" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Dekorfärg1" xfId="1" builtinId="29"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -425,51 +436,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -567,218 +578,218 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86F159AE-37B9-47C3-955E-9CF15BE9D864}">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="D10" sqref="D10:E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.44140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" s="6">
-        <v>43346</v>
+        <v>45933</v>
       </c>
       <c r="B2" s="7">
         <v>0.375</v>
       </c>
       <c r="C2" s="7">
         <v>0.66666666666666663</v>
       </c>
       <c r="D2" s="7">
         <v>3.4722222222222224E-2</v>
       </c>
       <c r="E2" s="7">
         <f>C2-B2-D2</f>
         <v>0.25694444444444442</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" s="8">
-        <v>43347</v>
+        <v>45934</v>
       </c>
       <c r="B3" s="9">
         <v>0.35416666666666669</v>
       </c>
       <c r="C3" s="9">
         <v>0.69444444444444453</v>
       </c>
       <c r="D3" s="9">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="E3" s="9">
         <f t="shared" ref="E3:E7" si="0">C3-B3-D3</f>
         <v>0.29861111111111116</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="6">
-        <v>43348</v>
+        <v>45935</v>
       </c>
       <c r="B4" s="7">
         <v>0.38194444444444442</v>
       </c>
       <c r="C4" s="7">
         <v>0.63194444444444442</v>
       </c>
       <c r="D4" s="7">
         <v>2.7777777777777776E-2</v>
       </c>
       <c r="E4" s="7">
         <f t="shared" si="0"/>
         <v>0.22222222222222221</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="8">
-        <v>43349</v>
+        <v>45936</v>
       </c>
       <c r="B5" s="9">
         <v>0.40277777777777773</v>
       </c>
       <c r="C5" s="9">
         <v>0.70833333333333337</v>
       </c>
       <c r="D5" s="9">
         <v>3.4722222222222224E-2</v>
       </c>
       <c r="E5" s="9">
         <f t="shared" si="0"/>
         <v>0.27083333333333343</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="6">
-        <v>43350</v>
+        <v>45937</v>
       </c>
       <c r="B6" s="7">
         <v>0.33333333333333331</v>
       </c>
       <c r="C6" s="7">
         <v>0.75</v>
       </c>
       <c r="D6" s="7">
         <v>2.7777777777777776E-2</v>
       </c>
       <c r="E6" s="7">
         <f t="shared" si="0"/>
         <v>0.3888888888888889</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" s="1">
-        <v>43351</v>
+        <v>45938</v>
       </c>
       <c r="B7" s="2">
         <v>0.34722222222222227</v>
       </c>
       <c r="C7" s="2">
         <v>0.625</v>
       </c>
       <c r="D7" s="2">
         <v>7.6388888888888895E-2</v>
       </c>
       <c r="E7" s="2">
         <f t="shared" si="0"/>
         <v>0.20138888888888884</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="9" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="D9" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="12"/>
     </row>
     <row r="10" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="D10" s="13">
         <f>SUM(E2:E7)</f>
         <v>1.6388888888888888</v>
       </c>
       <c r="E10" s="14"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="D11" s="10"/>
-      <c r="E11" s="10"/>
+      <c r="D11" s="15"/>
+      <c r="E11" s="15"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="E13" s="15"/>
-      <c r="F13" s="15"/>
+      <c r="E13" s="10"/>
+      <c r="F13" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="D11:E11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>