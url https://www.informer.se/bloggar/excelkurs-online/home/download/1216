--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -2,140 +2,146 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="22026"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Informer-AD2\Users\tor.lindstrom\Mina dokument\2016\Support\Blogg\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{44DE44BF-25F7-4098-8D98-98231E664369}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{231A957A-6900-4EB5-88AF-6B7970FDFD8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{C64D8099-9EC0-4388-B752-25F4C9C53968}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{C64D8099-9EC0-4388-B752-25F4C9C53968}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="181029"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B14" i="1" l="1"/>
   <c r="C14" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Datum</t>
-  </si>
-[...4 lines deleted...]
-    <t>Försäljning 2018</t>
   </si>
   <si>
     <t>Januari</t>
   </si>
   <si>
     <t>Februari</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>Maj</t>
   </si>
   <si>
     <t>Juni</t>
   </si>
   <si>
     <t>Juli</t>
   </si>
   <si>
     <t>Augusti</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>Oktober</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
+  <si>
+    <t>Försäljning 2025</t>
+  </si>
+  <si>
+    <t>Försäljning 2024</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;kr&quot;_-;\-* #,##0.00\ &quot;kr&quot;_-;_-* &quot;-&quot;??\ &quot;kr&quot;_-;_-@_-"/>
-    <numFmt numFmtId="166" formatCode="_-* #,##0\ &quot;kr&quot;_-;\-* #,##0\ &quot;kr&quot;_-;_-* &quot;-&quot;??\ &quot;kr&quot;_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_-* #,##0\ &quot;kr&quot;_-;\-* #,##0\ &quot;kr&quot;_-;_-* &quot;-&quot;??\ &quot;kr&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -148,52 +154,52 @@
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta" xfId="1" builtinId="4"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
@@ -260,81 +266,67 @@
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Blad1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Försäljning 2017</c:v>
+                  <c:v>Försäljning 2024</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
-          <c:trendline>
-[...12 lines deleted...]
-          </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Blad1!$A$2:$A$13</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>Januari</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Februari</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Mars</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Maj</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Juni</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Juli</c:v>
@@ -383,94 +375,80 @@
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>5128</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8236</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>17387</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>19371</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>14711</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>13636</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-EFF1-4595-B31E-107F57874C72}"/>
+              <c16:uniqueId val="{00000000-2595-4BBB-BAB8-7A910E5DF86D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Blad1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Försäljning 2018</c:v>
+                  <c:v>Försäljning 2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
-          <c:trendline>
-[...12 lines deleted...]
-          </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Blad1!$A$2:$A$13</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>Januari</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Februari</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Mars</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Maj</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Juni</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Juli</c:v>
@@ -519,222 +497,222 @@
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>5307.48</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>10418.539999999999</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>13996.534999999998</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>26731.98</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>21992.944999999996</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>15681.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000009-EFF1-4595-B31E-107F57874C72}"/>
+              <c16:uniqueId val="{00000001-2595-4BBB-BAB8-7A910E5DF86D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="504170072"/>
-        <c:axId val="504175976"/>
+        <c:axId val="947150991"/>
+        <c:axId val="947151471"/>
       </c:lineChart>
       <c:catAx>
-        <c:axId val="504170072"/>
+        <c:axId val="947150991"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="504175976"/>
+        <c:crossAx val="947151471"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="504175976"/>
+        <c:axId val="947151471"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="_-* #\ ##0\ &quot;kr&quot;_-;\-* #\ ##0\ &quot;kr&quot;_-;_-* &quot;-&quot;??\ &quot;kr&quot;_-;_-@_-" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="504170072"/>
+        <c:crossAx val="947150991"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:legend>
-      <c:legendPos val="r"/>
+      <c:legendPos val="b"/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
@@ -1295,123 +1273,123 @@
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="2" name="Diagram 1">
+        <xdr:cNvPr id="3" name="Diagram 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E742158-C87C-4FD3-849D-F36C6A99843D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{221B03BC-6F86-F0D7-9344-3D30DB45DAD5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1473,51 +1451,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1615,209 +1593,209 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A28E160-865F-41B6-869F-C4FA310CB505}">
   <dimension ref="A1:C14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D20" sqref="D20"/>
+      <selection activeCell="B24" sqref="B24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.5546875" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="14.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>2</v>
+        <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B2" s="3">
         <v>9635</v>
       </c>
       <c r="C2" s="3">
         <v>13296.3</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B3" s="3">
         <v>12753</v>
       </c>
       <c r="C3" s="3">
         <v>13199.355</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B4" s="3">
         <v>16470</v>
       </c>
       <c r="C4" s="3">
         <v>22728.6</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B5" s="3">
         <v>12535</v>
       </c>
       <c r="C5" s="3">
         <v>18739.824999999997</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B6" s="3">
         <v>13983</v>
       </c>
       <c r="C6" s="3">
         <v>11256.314999999997</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B7" s="3">
         <v>14847</v>
       </c>
       <c r="C7" s="3">
         <v>15366.645</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B8" s="3">
         <v>5128</v>
       </c>
       <c r="C8" s="3">
         <v>5307.48</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B9" s="3">
         <v>8236</v>
       </c>
       <c r="C9" s="3">
         <v>10418.539999999999</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B10" s="3">
         <v>17387</v>
       </c>
       <c r="C10" s="3">
         <v>13996.534999999998</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B11" s="3">
         <v>19371</v>
       </c>
       <c r="C11" s="3">
         <v>26731.98</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B12" s="3">
         <v>14711</v>
       </c>
       <c r="C12" s="3">
         <v>21992.944999999996</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B13" s="3">
         <v>13636</v>
       </c>
       <c r="C13" s="3">
         <v>15681.4</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.3">
       <c r="B14" s="4">
         <f>SUM(B2:B13)</f>
         <v>158692</v>
       </c>
       <c r="C14" s="4">
         <f>SUM(C2:C13)</f>
         <v>188715.91999999998</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 